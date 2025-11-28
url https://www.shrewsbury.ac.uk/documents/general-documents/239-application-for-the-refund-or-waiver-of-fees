--- v0 (2025-10-04)
+++ v1 (2025-11-28)
@@ -1,29 +1,29 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
@@ -38,67 +38,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061182E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Please refer to the Fee Policy for guidance on fee rules before completing this form.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="513B3CF9" w14:textId="77777777" w:rsidR="00851816" w:rsidRPr="0061182E" w:rsidRDefault="00851816" w:rsidP="00851816">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061182E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Part 1: To be completed by the </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> and returned to the Curriculum</w:t>
+        <w:t>Part 1: To be completed by the Student and returned to the Curriculum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>/Programme</w:t>
       </w:r>
       <w:r w:rsidRPr="0061182E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Leader (via Reception).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10485" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1129"/>
@@ -427,50 +411,76 @@
                 <w:b/>
               </w:rPr>
               <w:t>Amount</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="513B3D0F" w14:textId="77777777" w:rsidR="00851816" w:rsidRPr="0061182E" w:rsidRDefault="00851816" w:rsidP="00851816">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C872B9" w:rsidRPr="0061182E" w14:paraId="4DE25B3D" w14:textId="77777777" w:rsidTr="00FB5BBB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10485" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ECE5D68" w14:textId="523063E2" w:rsidR="00C872B9" w:rsidRPr="0061182E" w:rsidRDefault="00C872B9" w:rsidP="00851816">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C872B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Name of Account Holder:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00851816" w:rsidRPr="0061182E" w14:paraId="513B3D15" w14:textId="77777777" w:rsidTr="00851816">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="513B3D11" w14:textId="77777777" w:rsidR="00851816" w:rsidRPr="00B65AFC" w:rsidRDefault="00851816" w:rsidP="00851816">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B65AFC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Sort code:</w:t>
             </w:r>
           </w:p>
@@ -1840,64 +1850,62 @@
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0018303A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>*delete as appropriate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="513B3D22" w14:textId="6CFF95FA" w:rsidR="00851816" w:rsidRPr="0061182E" w:rsidRDefault="00F04CEF" w:rsidP="00851816">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>REMS</w:t>
             </w:r>
             <w:r w:rsidR="00851816">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Pay</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="513B3D23" w14:textId="77777777" w:rsidR="00851816" w:rsidRPr="0061182E" w:rsidRDefault="00851816" w:rsidP="00851816">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Credit/Debit Card</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
@@ -2372,126 +2380,122 @@
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061182E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Part 3: To be completed by Finance</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10485" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5807"/>
         <w:gridCol w:w="4678"/>
       </w:tblGrid>
       <w:tr w:rsidR="00851816" w:rsidRPr="0061182E" w14:paraId="513B3D44" w14:textId="77777777" w:rsidTr="00851816">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5807" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="513B3D42" w14:textId="77777777" w:rsidR="00851816" w:rsidRPr="0008779A" w:rsidRDefault="00851816" w:rsidP="00322910">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008779A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Staff Name: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="513B3D43" w14:textId="77777777" w:rsidR="00851816" w:rsidRPr="0008779A" w:rsidRDefault="00851816" w:rsidP="00322910">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008779A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00851816" w:rsidRPr="0061182E" w14:paraId="513B3D46" w14:textId="77777777" w:rsidTr="00851816">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="513B3D45" w14:textId="77777777" w:rsidR="00851816" w:rsidRPr="0008779A" w:rsidRDefault="00851816" w:rsidP="00322910">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008779A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Confirmation of Amounts Owing as:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00851816" w:rsidRPr="0061182E" w14:paraId="513B3D48" w14:textId="77777777" w:rsidTr="00851816">
         <w:trPr>
           <w:trHeight w:val="2620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="513B3D47" w14:textId="77777777" w:rsidR="00851816" w:rsidRPr="0008779A" w:rsidRDefault="00851816" w:rsidP="00322910">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008779A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Comments:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00851816" w:rsidRPr="0061182E" w14:paraId="513B3D4A" w14:textId="77777777" w:rsidTr="00851816">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="513B3D49" w14:textId="77777777" w:rsidR="00851816" w:rsidRPr="0061182E" w:rsidRDefault="00851816" w:rsidP="00322910">
@@ -2526,126 +2530,122 @@
         </w:rPr>
         <w:t xml:space="preserve">Part 4: To be completed by </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Finance Director or GVP Information &amp; Strategic Development</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10485" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5807"/>
         <w:gridCol w:w="4678"/>
       </w:tblGrid>
       <w:tr w:rsidR="00851816" w:rsidRPr="0061182E" w14:paraId="513B3D4E" w14:textId="77777777" w:rsidTr="00851816">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5807" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="513B3D4C" w14:textId="77777777" w:rsidR="00851816" w:rsidRPr="0008779A" w:rsidRDefault="00851816" w:rsidP="00322910">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008779A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Staff Name: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="513B3D4D" w14:textId="77777777" w:rsidR="00851816" w:rsidRPr="0008779A" w:rsidRDefault="00851816" w:rsidP="00322910">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008779A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00851816" w:rsidRPr="0061182E" w14:paraId="513B3D50" w14:textId="77777777" w:rsidTr="00851816">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="513B3D4F" w14:textId="77777777" w:rsidR="00851816" w:rsidRPr="0008779A" w:rsidRDefault="00851816" w:rsidP="00322910">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Decision:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00851816" w:rsidRPr="0061182E" w14:paraId="513B3D52" w14:textId="77777777" w:rsidTr="00851816">
         <w:trPr>
           <w:trHeight w:val="2497"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="513B3D51" w14:textId="77777777" w:rsidR="00851816" w:rsidRPr="0008779A" w:rsidRDefault="00851816" w:rsidP="00322910">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Rationale</w:t>
             </w:r>
             <w:r w:rsidRPr="0008779A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -2670,197 +2670,281 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="513B3D55" w14:textId="77777777" w:rsidR="00851816" w:rsidRDefault="00851816" w:rsidP="00851816">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="513B3D56" w14:textId="77777777" w:rsidR="00851816" w:rsidRPr="0061182E" w:rsidRDefault="00851816" w:rsidP="00851816">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0061182E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Additional Information</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10485" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10485"/>
       </w:tblGrid>
       <w:tr w:rsidR="00851816" w:rsidRPr="0061182E" w14:paraId="513B3D58" w14:textId="77777777" w:rsidTr="00851816">
         <w:trPr>
           <w:trHeight w:val="12853"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="513B3D57" w14:textId="77777777" w:rsidR="00851816" w:rsidRPr="0061182E" w:rsidRDefault="00851816" w:rsidP="00322910">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061182E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Please use this space for any additional information (or attach to the form):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="513B3D59" w14:textId="77777777" w:rsidR="00F04CEF" w:rsidRDefault="00F04CEF" w:rsidP="00851816"/>
-    <w:sectPr w:rsidR="007961A7" w:rsidSect="00851816">
+    <w:sectPr w:rsidR="00F04CEF" w:rsidSect="00851816">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="513B3D78" w14:textId="77777777" w:rsidR="00851816" w:rsidRDefault="00851816" w:rsidP="00851816">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="513B3D79" w14:textId="77777777" w:rsidR="00851816" w:rsidRDefault="00851816" w:rsidP="00851816">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="513B3D76" w14:textId="77777777" w:rsidR="00851816" w:rsidRDefault="00851816" w:rsidP="00851816">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="513B3D77" w14:textId="77777777" w:rsidR="00851816" w:rsidRDefault="00851816" w:rsidP="00851816">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="513B3D7A" w14:textId="77777777" w:rsidR="00851816" w:rsidRDefault="00851816" w:rsidP="00851816">
+  <w:p w14:paraId="513B3D7A" w14:textId="552533EF" w:rsidR="00851816" w:rsidRDefault="00C872B9" w:rsidP="00851816">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02F85AA4" wp14:editId="3EC26477">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>78105</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-222250</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="2084070" cy="552450"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="1580" y="0"/>
+              <wp:lineTo x="0" y="2979"/>
+              <wp:lineTo x="0" y="8193"/>
+              <wp:lineTo x="395" y="20110"/>
+              <wp:lineTo x="987" y="20855"/>
+              <wp:lineTo x="12834" y="20855"/>
+              <wp:lineTo x="14018" y="20855"/>
+              <wp:lineTo x="16190" y="18621"/>
+              <wp:lineTo x="15795" y="11917"/>
+              <wp:lineTo x="21324" y="11917"/>
+              <wp:lineTo x="21324" y="1490"/>
+              <wp:lineTo x="4541" y="0"/>
+              <wp:lineTo x="1580" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="1166470965" name="Picture 1" descr="A black background with a black square&#10;&#10;AI-generated content may be incorrect."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1166470965" name="Picture 1" descr="A black background with a black square&#10;&#10;AI-generated content may be incorrect."/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2084070" cy="552450"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="28"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="513B3D7C" wp14:editId="513B3D7D">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="513B3D7C" wp14:editId="3F8C861A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>1920875</wp:posOffset>
+                <wp:posOffset>2256155</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-80483</wp:posOffset>
+                <wp:posOffset>-210820</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4518837" cy="542260"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Text Box 2"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4518837" cy="542260"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:schemeClr val="lt1"/>
                       </a:solidFill>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                       <a:effectLst/>
@@ -2945,51 +3029,51 @@
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="513B3D7C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:151.25pt;margin-top:-6.35pt;width:355.8pt;height:42.7pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB7HvoldQIAAGUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtPGzEQvlfqf7B8L5uEBGjEBqUgqkoI&#10;UKHi7HhtYtXrce1JdtNfz9i7eZRyoepld+x5f/5mzi/a2rK1CtGAK/nwaMCZchIq455L/uPx+tMZ&#10;ZxGFq4QFp0q+UZFfzD5+OG/8VI1gCbZSgVEQF6eNL/kS0U+LIsqlqkU8Aq8cKTWEWiAdw3NRBdFQ&#10;9NoWo8HgpGggVD6AVDHS7VWn5LMcX2sl8U7rqJDZklNtmL8hfxfpW8zOxfQ5CL80si9D/EMVtTCO&#10;ku5CXQkUbBXMX6FqIwNE0HgkoS5AayNV7oG6GQ5edfOwFF7lXgic6Hcwxf8XVt6uH/x9YNh+gZYe&#10;MAHS+DiNdJn6aXWo058qZaQnCDc72FSLTNLleDI8Ozs+5UySbjIejU4yrsXe24eIXxXULAklD/Qs&#10;GS2xvolIGcl0a5KSRbCmujbW5kOigrq0ga0FPaLFXCN5/GFlHWtKfnI8GeTADpJ7F9m6FEZlMvTp&#10;9h1mCTdWJRvrvivNTJUbfSO3kFK5Xf5snaw0pXqPY2+/r+o9zl0f5JEzg8Odc20chNx9np49ZNXP&#10;LWS6syfAD/pOIraLtn/5BVQbIkSAblail9eGXu1GRLwXgYaDOEADj3f00RYIdeglzpYQfr91n+yJ&#10;s6TlrKFhK3n8tRJBcWa/OWLz5+F4nKYzH8aT0xEdwqFmcahxq/oSiApDWi1eZjHZo92KOkD9RHth&#10;nrKSSjhJuUuOW/ESuxVAe0Wq+Twb0Tx6gTfuwcsUOsGbOPnYPonge+IiUf4WtmMppq/429kmTwfz&#10;FYI2mdwJ4A7VHnia5cz5fu+kZXF4zlb77Th7AQAA//8DAFBLAwQUAAYACAAAACEAUsdfM+EAAAAL&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07EMAxF90j8Q2QkNmgmfTAUlbojhHhI7JjyELtMY9qK&#10;xqmaTFv+nswKlraPrs8ttovpxUSj6ywjxOsIBHFtdccNwmv1sLoG4bxirXrLhPBDDrbl6Umhcm1n&#10;fqFp5xsRQtjlCqH1fsildHVLRrm1HYjD7cuORvkwjo3Uo5pDuOllEkVX0qiOw4dWDXTXUv29OxiE&#10;z4vm49ktj29zukmH+6epyt51hXh+ttzegPC0+D8YjvpBHcrgtLcH1k70CGmUbAKKsIqTDMSRiOLL&#10;GMQeIQsbWRbyf4fyFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHse+iV1AgAAZQUAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFLHXzPhAAAACwEA&#10;AA8AAAAAAAAAAAAAAAAAzwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADdBQAAAAA=&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:177.65pt;margin-top:-16.6pt;width:355.8pt;height:42.7pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB7HvoldQIAAGUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtPGzEQvlfqf7B8L5uEBGjEBqUgqkoI&#10;UKHi7HhtYtXrce1JdtNfz9i7eZRyoepld+x5f/5mzi/a2rK1CtGAK/nwaMCZchIq455L/uPx+tMZ&#10;ZxGFq4QFp0q+UZFfzD5+OG/8VI1gCbZSgVEQF6eNL/kS0U+LIsqlqkU8Aq8cKTWEWiAdw3NRBdFQ&#10;9NoWo8HgpGggVD6AVDHS7VWn5LMcX2sl8U7rqJDZklNtmL8hfxfpW8zOxfQ5CL80si9D/EMVtTCO&#10;ku5CXQkUbBXMX6FqIwNE0HgkoS5AayNV7oG6GQ5edfOwFF7lXgic6Hcwxf8XVt6uH/x9YNh+gZYe&#10;MAHS+DiNdJn6aXWo058qZaQnCDc72FSLTNLleDI8Ozs+5UySbjIejU4yrsXe24eIXxXULAklD/Qs&#10;GS2xvolIGcl0a5KSRbCmujbW5kOigrq0ga0FPaLFXCN5/GFlHWtKfnI8GeTADpJ7F9m6FEZlMvTp&#10;9h1mCTdWJRvrvivNTJUbfSO3kFK5Xf5snaw0pXqPY2+/r+o9zl0f5JEzg8Odc20chNx9np49ZNXP&#10;LWS6syfAD/pOIraLtn/5BVQbIkSAblail9eGXu1GRLwXgYaDOEADj3f00RYIdeglzpYQfr91n+yJ&#10;s6TlrKFhK3n8tRJBcWa/OWLz5+F4nKYzH8aT0xEdwqFmcahxq/oSiApDWi1eZjHZo92KOkD9RHth&#10;nrKSSjhJuUuOW/ESuxVAe0Wq+Twb0Tx6gTfuwcsUOsGbOPnYPonge+IiUf4WtmMppq/429kmTwfz&#10;FYI2mdwJ4A7VHnia5cz5fu+kZXF4zlb77Th7AQAA//8DAFBLAwQUAAYACAAAACEAdfML8eIAAAAL&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j9B2uQ2KDWIVYCDZlUCPGQuqMBKnZuPCRR&#10;YzuK3ST8Pe4KlqN7dO+ZfDPrjo00uNYahJtVBIxMZVVraoT38nl5B8x5aZTsrCGEH3KwKRYXucyU&#10;ncwbjTtfs1BiXCYRGu/7jHNXNaSlW9meTMi+7aClD+dQczXIKZTrjsdRlHItWxMWGtnTY0PVcXfS&#10;CF/X9X7r5pePSSSif3ody9tPVSJeXc4P98A8zf4PhrN+UIciOB3sySjHOgSRJCKgCEshYmBnIkrT&#10;NbADQhLHwIuc//+h+AUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB7HvoldQIAAGUFAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB18wvx4gAAAAsB&#10;AAAPAAAAAAAAAAAAAAAAAM8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA3gUAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="513B3D80" w14:textId="77777777" w:rsidR="00851816" w:rsidRDefault="00851816" w:rsidP="00851816">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:b/>
                         <w:sz w:val="32"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:b/>
                         <w:sz w:val="32"/>
                       </w:rPr>
                       <w:t>Application for the Refund</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="513B3D81" w14:textId="77777777" w:rsidR="00851816" w:rsidRPr="00851816" w:rsidRDefault="00851816" w:rsidP="00851816">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3015,161 +3099,114 @@
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:b/>
                         <w:sz w:val="32"/>
                       </w:rPr>
                       <w:t>W</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00851816">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:b/>
                         <w:sz w:val="32"/>
                       </w:rPr>
                       <w:t>aiver of Fees</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r>
-[...48 lines deleted...]
-    </w:r>
   </w:p>
   <w:p w14:paraId="513B3D7B" w14:textId="77777777" w:rsidR="00851816" w:rsidRDefault="00851816">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
-  <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00851816"/>
     <w:rsid w:val="000309B7"/>
     <w:rsid w:val="000E57AF"/>
     <w:rsid w:val="006873AB"/>
     <w:rsid w:val="00851816"/>
     <w:rsid w:val="008F4CB3"/>
     <w:rsid w:val="00933FFD"/>
+    <w:rsid w:val="00C872B9"/>
     <w:rsid w:val="00E451A5"/>
     <w:rsid w:val="00F04CEF"/>
+    <w:rsid w:val="00FC0F8A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="513B3CF8"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{77B07129-C872-4B27-94D8-3403FD4263DD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -3665,51 +3702,51 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00851816"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3946,106 +3983,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...54 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C5BDAE5DC72A0048B65D53434646D8EA" ma:contentTypeVersion="29" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fab993e5e2c15e00d7ff89582c41cae5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="16616d37-34a0-4d5d-b6d3-b350293167ee" xmlns:ns3="870ae349-e4fc-4fe9-b5e0-f72fa330884e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1581a623bb08391b4dddc7a5d990b9b9" ns2:_="" ns3:_="">
     <xsd:import namespace="16616d37-34a0-4d5d-b6d3-b350293167ee"/>
     <xsd:import namespace="870ae349-e4fc-4fe9-b5e0-f72fa330884e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Subject_x0020_Area"/>
                 <xsd:element ref="ns2:Document_x0020_Owner"/>
                 <xsd:element ref="ns2:Impact_x0020_Analysis"/>
                 <xsd:element ref="ns2:Expiry_x0020_Date"/>
                 <xsd:element ref="ns2:Review_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:KeyTopicTaxHTField0" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:College_x0020_Owner" minOccurs="0"/>
                 <xsd:element ref="ns2:Created_x002f_Updated_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:SLT_x0020_Approval_x0020__x003f_" minOccurs="0"/>
                 <xsd:element ref="ns2:Governors_x0020_Approval_x0020__x003f_" minOccurs="0"/>
                 <xsd:element ref="ns2:Unions_x0020_Appproval_x0020__x003f_" minOccurs="0"/>
@@ -4321,172 +4302,228 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Document_x0020_Owner xmlns="16616d37-34a0-4d5d-b6d3-b350293167ee">
+      <UserInfo>
+        <DisplayName>Catherine Walker</DisplayName>
+        <AccountId>1536</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Document_x0020_Owner>
+    <Impact_x0020_Analysis xmlns="16616d37-34a0-4d5d-b6d3-b350293167ee">Assessment required</Impact_x0020_Analysis>
+    <Review_x0020_Date xmlns="16616d37-34a0-4d5d-b6d3-b350293167ee">2018-11-01T00:00:00+00:00</Review_x0020_Date>
+    <KeyTopicTaxHTField0 xmlns="16616d37-34a0-4d5d-b6d3-b350293167ee">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Finance and Welfare</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">42cd5ee9-5094-4e47-9ed5-5398cd57fb63</TermId>
+        </TermInfo>
+      </Terms>
+    </KeyTopicTaxHTField0>
+    <_dlc_DocId xmlns="870ae349-e4fc-4fe9-b5e0-f72fa330884e">VTWDW3ZW4YMX-2-2688</_dlc_DocId>
+    <Expiry_x0020_Date xmlns="16616d37-34a0-4d5d-b6d3-b350293167ee">2018-12-01T00:00:00+00:00</Expiry_x0020_Date>
+    <Subject_x0020_Area xmlns="16616d37-34a0-4d5d-b6d3-b350293167ee">Form/Template</Subject_x0020_Area>
+    <_dlc_DocIdUrl xmlns="870ae349-e4fc-4fe9-b5e0-f72fa330884e">
+      <Url>http://lrdspsapp1/sites/t2/_layouts/DocIdRedir.aspx?ID=VTWDW3ZW4YMX-2-2688</Url>
+      <Description>VTWDW3ZW4YMX-2-2688</Description>
+    </_dlc_DocIdUrl>
+    <TaxCatchAll xmlns="870ae349-e4fc-4fe9-b5e0-f72fa330884e">
+      <Value>121</Value>
+    </TaxCatchAll>
+    <College_x0020_Owner xmlns="16616d37-34a0-4d5d-b6d3-b350293167ee" xsi:nil="true"/>
+    <Unions_x0020_Approved_x0020_Date xmlns="16616d37-34a0-4d5d-b6d3-b350293167ee" xsi:nil="true"/>
+    <E_x0026_D_x0020_Assessor_x0020_Job_x0020_Title xmlns="16616d37-34a0-4d5d-b6d3-b350293167ee" xsi:nil="true"/>
+    <Created_x002f_Updated_x0020_Date xmlns="16616d37-34a0-4d5d-b6d3-b350293167ee" xsi:nil="true"/>
+    <Audience_x003a__x0020_Students xmlns="16616d37-34a0-4d5d-b6d3-b350293167ee">true</Audience_x003a__x0020_Students>
+    <SLT_x0020_Approval_x0020__x003f_ xmlns="16616d37-34a0-4d5d-b6d3-b350293167ee">true</SLT_x0020_Approval_x0020__x003f_>
+    <Audience_x003a__x0020_Staff xmlns="16616d37-34a0-4d5d-b6d3-b350293167ee">true</Audience_x003a__x0020_Staff>
+    <Governors_x0020_Date_x0020_Approved xmlns="16616d37-34a0-4d5d-b6d3-b350293167ee" xsi:nil="true"/>
+    <Governors_x0020_Approval_x0020__x003f_ xmlns="16616d37-34a0-4d5d-b6d3-b350293167ee">true</Governors_x0020_Approval_x0020__x003f_>
+    <E_x0026_D_x0020_Impact_x0020_Assessment_x0020_Date xmlns="16616d37-34a0-4d5d-b6d3-b350293167ee" xsi:nil="true"/>
+    <SLT_x0020_Date_x0020_Approved xmlns="16616d37-34a0-4d5d-b6d3-b350293167ee" xsi:nil="true"/>
+    <Audience_x003a__x0020_Public xmlns="16616d37-34a0-4d5d-b6d3-b350293167ee">false</Audience_x003a__x0020_Public>
+    <Unions_x0020_Appproval_x0020__x003f_ xmlns="16616d37-34a0-4d5d-b6d3-b350293167ee">true</Unions_x0020_Appproval_x0020__x003f_>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Assembly>Microsoft.Office.DocumentManagement, Version=14.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4CCB3DD4-436E-4387-9C0B-973754908E8C}">
-[...17 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7F9908CF-D02D-4D4A-A53B-3AF074D3B7DD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="16616d37-34a0-4d5d-b6d3-b350293167ee"/>
     <ds:schemaRef ds:uri="870ae349-e4fc-4fe9-b5e0-f72fa330884e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{033F1E72-D321-495B-81CB-89CFF6DDE3F6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="16616d37-34a0-4d5d-b6d3-b350293167ee"/>
+    <ds:schemaRef ds:uri="870ae349-e4fc-4fe9-b5e0-f72fa330884e"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4CCB3DD4-436E-4387-9C0B-973754908E8C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F938459-E99C-4766-BB84-0EEE13C6A528}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>266</Words>
-  <Characters>1521</Characters>
+  <Words>270</Words>
+  <Characters>1542</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
+  <DocSecurity>4</DocSecurity>
   <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Shrewsbury College</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1784</CharactersWithSpaces>
+  <CharactersWithSpaces>1809</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Application form Refund or Waiver of Fees</dc:title>
   <dc:subject/>
   <dc:creator>Laurina Rushworth</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>67983b5e-1da1-4def-91db-353524d63785</vt:lpwstr>
   </property>